--- v0 (2025-10-09)
+++ v1 (2026-03-15)
@@ -1,396 +1,332 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="153222"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Nata\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\ukplc\Documents\BMU\Foundation docs\Planning Spring 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1478143E-4BBC-4C3A-AB76-41A1271C2DA4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="30720" windowHeight="11676"/>
+    <workbookView xWindow="760" yWindow="760" windowWidth="14930" windowHeight="9810" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
-    <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
+    <sheet name="Sheet2" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="230" uniqueCount="106">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="109" uniqueCount="85">
   <si>
     <t>Autumn Semester</t>
   </si>
   <si>
     <t>Spring Semester</t>
   </si>
   <si>
-    <t>Re-sit</t>
-[...1 lines deleted...]
-  <si>
     <t>Week/Activities</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Holidays</t>
   </si>
   <si>
     <t>Dates</t>
   </si>
   <si>
     <t>Orientation Week (Y1, Y2)</t>
   </si>
   <si>
-    <t>Sep 23 - 27</t>
-[...1 lines deleted...]
-  <si>
     <t>Week 1</t>
   </si>
   <si>
-    <t>Feb 10 - 14</t>
-[...1 lines deleted...]
-  <si>
     <t>BMU Semester One Boards</t>
   </si>
   <si>
-    <t>Sep 30- Oct 4</t>
-[...10 lines deleted...]
-  <si>
     <t>Week 2</t>
   </si>
   <si>
-    <t>Oct 7 - 11</t>
-[...10 lines deleted...]
-  <si>
     <t>Week 3</t>
   </si>
   <si>
-    <t>Oct 14 - 18</t>
-[...7 lines deleted...]
-  <si>
     <t>Week 4</t>
   </si>
   <si>
-    <t>Oct 21 - 25</t>
-[...16 lines deleted...]
-  <si>
     <t>Week 5</t>
   </si>
   <si>
-    <t>Oct 28 - Nov 1</t>
-[...1 lines deleted...]
-  <si>
     <t>Week 6</t>
   </si>
   <si>
-    <t>Mar 17 - 21</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">Assessment Processing Week </t>
   </si>
   <si>
-    <t>Nov 4 - 8</t>
-[...1 lines deleted...]
-  <si>
     <t>Week 7</t>
   </si>
   <si>
-    <t>Mar 24 - 28</t>
-[...16 lines deleted...]
-  <si>
     <t>Week 8</t>
   </si>
   <si>
-    <t>Nov 18 -22</t>
-[...10 lines deleted...]
-  <si>
     <t>Week 9</t>
   </si>
   <si>
-    <t>Nov 25 - Nov 29</t>
-[...4 lines deleted...]
-  <si>
     <t>Week 10</t>
   </si>
   <si>
-    <t>Dec 2 - 6</t>
-[...4 lines deleted...]
-  <si>
     <t>Week 11</t>
   </si>
   <si>
-    <t>Dec 9 - 13</t>
-[...7 lines deleted...]
-  <si>
     <t>Week 12</t>
   </si>
   <si>
-    <t>Dec 16 - 20</t>
-[...4 lines deleted...]
-  <si>
     <t>New Year Holiday</t>
   </si>
   <si>
-    <t>Dec 23 - 27</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Consolidation Week </t>
   </si>
   <si>
-    <t>May 12 - 16</t>
+    <t xml:space="preserve">Assessment Week </t>
+  </si>
+  <si>
+    <t>Consolidation Week</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Assessement Processing Week </t>
+  </si>
+  <si>
+    <t>BMU Semester Two Boards</t>
+  </si>
+  <si>
+    <t>Reassessment</t>
+  </si>
+  <si>
+    <t>Dec 22 - 26</t>
+  </si>
+  <si>
+    <t>Dec 29 - Jan 2</t>
+  </si>
+  <si>
+    <t>Mid-term week</t>
+  </si>
+  <si>
+    <t>Dec 15 -19</t>
+  </si>
+  <si>
+    <t>Dec 8 - 12</t>
+  </si>
+  <si>
+    <t>Dec 1 - 5</t>
+  </si>
+  <si>
+    <t>Nov 24 - 28</t>
+  </si>
+  <si>
+    <t>Nov 17 - 21</t>
+  </si>
+  <si>
+    <t>Nov 10 - 14</t>
+  </si>
+  <si>
+    <t>Nov 3 - 7</t>
+  </si>
+  <si>
+    <t>Oct 27 - 31</t>
+  </si>
+  <si>
+    <t>Oct 20 - 24</t>
+  </si>
+  <si>
+    <t>Oct 13 - 17</t>
+  </si>
+  <si>
+    <t>Oct 6 -10</t>
+  </si>
+  <si>
+    <t>Sep 29 - Oct 3</t>
+  </si>
+  <si>
+    <t>Sep 22 - 26</t>
+  </si>
+  <si>
+    <t>Sep 15 - 19</t>
+  </si>
+  <si>
+    <t>Jan 5 - 9</t>
+  </si>
+  <si>
+    <t>Jan 12 -16</t>
+  </si>
+  <si>
+    <t>Jan 19 - 23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jan 26 - 30 </t>
+  </si>
+  <si>
+    <t>Feb 9 - 13</t>
+  </si>
+  <si>
+    <t>Teachers day</t>
+  </si>
+  <si>
+    <t>Constitution day</t>
+  </si>
+  <si>
+    <t>Feb 16 - 20</t>
+  </si>
+  <si>
+    <t>Feb 23 - 27</t>
+  </si>
+  <si>
+    <t>Mar 2 - 6</t>
+  </si>
+  <si>
+    <t>Mar 9 - 13</t>
+  </si>
+  <si>
+    <t>Mar 16 - 20</t>
+  </si>
+  <si>
+    <t>Eid, Navuz</t>
+  </si>
+  <si>
+    <t>Eid week</t>
+  </si>
+  <si>
+    <t>Mar 23 - 27</t>
+  </si>
+  <si>
+    <t>Mar 30 - Apr 3</t>
+  </si>
+  <si>
+    <t>Apr 6 - 10</t>
+  </si>
+  <si>
+    <t>Apr 13 - 17</t>
+  </si>
+  <si>
+    <t>Apr 20 - 24</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Apr 27 - May 1 </t>
+  </si>
+  <si>
+    <t>May 4 - 8</t>
+  </si>
+  <si>
+    <t>May 11 - 15</t>
+  </si>
+  <si>
+    <t>May 18 - 22</t>
+  </si>
+  <si>
+    <t>May 25 - 29</t>
+  </si>
+  <si>
+    <t>Jun 1 - 5</t>
+  </si>
+  <si>
+    <t>Revision week</t>
+  </si>
+  <si>
+    <t>Assessment week</t>
+  </si>
+  <si>
+    <t>Jul 6 - 10</t>
+  </si>
+  <si>
+    <t>Jul 13 - 17</t>
+  </si>
+  <si>
+    <t>Academic Calendar (2025 - 2026)</t>
+  </si>
+  <si>
+    <t>Feb 2 - 6</t>
+  </si>
+  <si>
+    <t>Jun, 10</t>
+  </si>
+  <si>
+    <t>Feb, 5</t>
+  </si>
+  <si>
+    <t>Jun 15 -19</t>
+  </si>
+  <si>
+    <t>Jun 22 - 26</t>
+  </si>
+  <si>
+    <t>Jun 29 - Jul 3</t>
+  </si>
+  <si>
+    <t>Assessment Processing Week</t>
+  </si>
+  <si>
+    <t>BMU Reassessment Boards</t>
+  </si>
+  <si>
+    <t>Women's Day</t>
   </si>
   <si>
     <t>Memorial Day</t>
-  </si>
-[...106 lines deleted...]
-    <t>June 2 - 6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -411,51 +347,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="19">
+  <borders count="31">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
@@ -518,413 +454,492 @@
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right/>
-[...35 lines deleted...]
-      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
-      <diagonal/>
-[...11 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
       <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
       <right/>
       <top/>
-      <bottom style="thin">
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="84">
+  <cellXfs count="59">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...38 lines deleted...]
-    <xf numFmtId="16" fontId="2" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="2" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="2" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="16" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="14" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...25 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...45 lines deleted...]
-    <xf numFmtId="16" fontId="3" fillId="4" borderId="9" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="16" fontId="2" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="16" fontId="2" fillId="4" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...53 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1148,1269 +1163,693 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="B2:N29"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A13" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="K21" sqref="K21"/>
+    <sheetView tabSelected="1" topLeftCell="F14" workbookViewId="0">
+      <selection activeCell="G24" sqref="G24"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="18" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="18.5" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="7.88671875" style="1" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="15" max="16384" width="9.109375" style="1"/>
+    <col min="1" max="1" width="7.81640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="35.1796875" style="3" customWidth="1"/>
+    <col min="3" max="3" width="17.54296875" style="3" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="8.26953125" style="3" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="19.81640625" style="3" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="7.7265625" style="3" customWidth="1"/>
+    <col min="7" max="7" width="36.1796875" style="3" customWidth="1"/>
+    <col min="8" max="8" width="17.54296875" style="3" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="9.54296875" style="4" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="21.453125" style="3" customWidth="1"/>
+    <col min="11" max="11" width="6.453125" style="3" customWidth="1"/>
+    <col min="12" max="12" width="37.26953125" style="3" customWidth="1"/>
+    <col min="13" max="13" width="15.81640625" style="3" customWidth="1"/>
+    <col min="14" max="14" width="26.7265625" style="1" bestFit="1" customWidth="1"/>
+    <col min="15" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:14" x14ac:dyDescent="0.35">
-[...29 lines deleted...]
-    <row r="4" spans="2:14" x14ac:dyDescent="0.35">
+    <row r="2" spans="2:14" x14ac:dyDescent="0.45">
+      <c r="B2" s="47" t="s">
+        <v>74</v>
+      </c>
+      <c r="C2" s="48"/>
+      <c r="D2" s="48"/>
+      <c r="E2" s="48"/>
+      <c r="F2" s="48"/>
+      <c r="G2" s="48"/>
+      <c r="H2" s="48"/>
+      <c r="I2" s="48"/>
+      <c r="J2" s="48"/>
+      <c r="K2" s="48"/>
+      <c r="L2" s="48"/>
+      <c r="M2" s="49"/>
+    </row>
+    <row r="3" spans="2:14" ht="19" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B3" s="50"/>
+      <c r="C3" s="51"/>
+      <c r="D3" s="51"/>
+      <c r="E3" s="51"/>
+      <c r="F3" s="51"/>
+      <c r="G3" s="51"/>
+      <c r="H3" s="51"/>
+      <c r="I3" s="51"/>
+      <c r="J3" s="51"/>
+      <c r="K3" s="51"/>
+      <c r="L3" s="51"/>
+      <c r="M3" s="52"/>
+    </row>
+    <row r="4" spans="2:14" ht="19" thickBot="1" x14ac:dyDescent="0.5">
       <c r="B4" s="2"/>
       <c r="M4" s="5"/>
     </row>
-    <row r="5" spans="2:14" x14ac:dyDescent="0.35">
-      <c r="B5" s="73" t="s">
+    <row r="5" spans="2:14" ht="19" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B5" s="53" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="53"/>
+      <c r="D5" s="53"/>
+      <c r="E5" s="53"/>
+      <c r="G5" s="54" t="s">
         <v>1</v>
       </c>
-      <c r="C5" s="73"/>
-[...2 lines deleted...]
-      <c r="G5" s="73" t="s">
+      <c r="H5" s="54"/>
+      <c r="I5" s="54"/>
+      <c r="J5" s="54"/>
+      <c r="L5" s="55" t="s">
+        <v>27</v>
+      </c>
+      <c r="M5" s="56"/>
+    </row>
+    <row r="6" spans="2:14" x14ac:dyDescent="0.45">
+      <c r="B6" s="19" t="s">
         <v>2</v>
       </c>
-      <c r="H5" s="73"/>
-[...2 lines deleted...]
-      <c r="L5" s="74" t="s">
+      <c r="C6" s="20" t="s">
         <v>3</v>
       </c>
-      <c r="M5" s="75"/>
-[...2 lines deleted...]
-      <c r="B6" s="6" t="s">
+      <c r="D6" s="57" t="s">
         <v>4</v>
       </c>
-      <c r="C6" s="6" t="s">
+      <c r="E6" s="58"/>
+      <c r="F6" s="6"/>
+      <c r="G6" s="19" t="s">
+        <v>2</v>
+      </c>
+      <c r="H6" s="20" t="s">
         <v>5</v>
       </c>
-      <c r="D6" s="76" t="s">
+      <c r="I6" s="57" t="s">
+        <v>4</v>
+      </c>
+      <c r="J6" s="58"/>
+      <c r="K6" s="6"/>
+      <c r="L6" s="34" t="s">
+        <v>2</v>
+      </c>
+      <c r="M6" s="35" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="2:14" x14ac:dyDescent="0.45">
+      <c r="B7" s="21" t="s">
         <v>6</v>
       </c>
-      <c r="E6" s="77"/>
-[...4 lines deleted...]
-      <c r="H6" s="6" t="s">
+      <c r="C7" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="D7" s="7"/>
+      <c r="E7" s="22"/>
+      <c r="F7" s="6"/>
+      <c r="G7" s="21" t="s">
         <v>7</v>
       </c>
-      <c r="I6" s="78" t="s">
-[...7 lines deleted...]
-      <c r="M6" s="9" t="s">
+      <c r="H7" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="I7" s="7"/>
+      <c r="J7" s="22"/>
+      <c r="K7" s="45"/>
+      <c r="L7" s="21"/>
+      <c r="M7" s="22"/>
+    </row>
+    <row r="8" spans="2:14" x14ac:dyDescent="0.45">
+      <c r="B8" s="23" t="s">
         <v>7</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B7" s="10" t="s">
+      <c r="C8" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" s="9"/>
+      <c r="E8" s="24"/>
+      <c r="G8" s="23" t="s">
+        <v>9</v>
+      </c>
+      <c r="H8" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="I8" s="9"/>
+      <c r="J8" s="24"/>
+      <c r="K8" s="46"/>
+      <c r="L8" s="23"/>
+      <c r="M8" s="24"/>
+    </row>
+    <row r="9" spans="2:14" s="12" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="B9" s="25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" s="10" t="s">
+        <v>42</v>
+      </c>
+      <c r="D9" s="11">
+        <v>45931</v>
+      </c>
+      <c r="E9" s="26" t="s">
+        <v>50</v>
+      </c>
+      <c r="F9" s="3"/>
+      <c r="G9" s="25" t="s">
+        <v>10</v>
+      </c>
+      <c r="H9" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="I9" s="11"/>
+      <c r="J9" s="26"/>
+      <c r="K9" s="18"/>
+      <c r="L9" s="25" t="s">
+        <v>70</v>
+      </c>
+      <c r="M9" s="26" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="10" spans="2:14" x14ac:dyDescent="0.45">
+      <c r="B10" s="23" t="s">
+        <v>10</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D10" s="9"/>
+      <c r="E10" s="24"/>
+      <c r="G10" s="23" t="s">
+        <v>11</v>
+      </c>
+      <c r="H10" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="I10" s="9"/>
+      <c r="J10" s="24"/>
+      <c r="K10" s="4"/>
+      <c r="L10" s="23" t="s">
+        <v>70</v>
+      </c>
+      <c r="M10" s="24" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="11" spans="2:14" x14ac:dyDescent="0.45">
+      <c r="B11" s="25" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="11"/>
+      <c r="E11" s="26"/>
+      <c r="G11" s="25" t="s">
+        <v>12</v>
+      </c>
+      <c r="H11" s="10" t="s">
+        <v>54</v>
+      </c>
+      <c r="I11" s="11"/>
+      <c r="J11" s="26"/>
+      <c r="K11" s="4"/>
+      <c r="L11" s="25" t="s">
+        <v>71</v>
+      </c>
+      <c r="M11" s="26" t="s">
+        <v>80</v>
+      </c>
+      <c r="N11" s="12"/>
+    </row>
+    <row r="12" spans="2:14" x14ac:dyDescent="0.45">
+      <c r="B12" s="23" t="s">
+        <v>12</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D12" s="8"/>
+      <c r="E12" s="24"/>
+      <c r="G12" s="23" t="s">
+        <v>13</v>
+      </c>
+      <c r="H12" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="I12" s="9">
+        <v>46089</v>
+      </c>
+      <c r="J12" s="24" t="s">
+        <v>83</v>
+      </c>
+      <c r="K12" s="4"/>
+      <c r="L12" s="23" t="s">
+        <v>71</v>
+      </c>
+      <c r="M12" s="24" t="s">
+        <v>72</v>
+      </c>
+      <c r="N12" s="12"/>
+    </row>
+    <row r="13" spans="2:14" x14ac:dyDescent="0.45">
+      <c r="B13" s="25" t="s">
+        <v>13</v>
+      </c>
+      <c r="C13" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D13" s="11"/>
+      <c r="E13" s="26"/>
+      <c r="G13" s="25" t="s">
+        <v>58</v>
+      </c>
+      <c r="H13" s="4" t="s">
+        <v>56</v>
+      </c>
+      <c r="I13" s="11">
+        <v>45735</v>
+      </c>
+      <c r="J13" s="26" t="s">
+        <v>57</v>
+      </c>
+      <c r="K13" s="4"/>
+      <c r="L13" s="25" t="s">
+        <v>81</v>
+      </c>
+      <c r="M13" s="26" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="14" spans="2:14" x14ac:dyDescent="0.45">
+      <c r="B14" s="23" t="s">
+        <v>30</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D14" s="9"/>
+      <c r="E14" s="24"/>
+      <c r="G14" s="23" t="s">
+        <v>30</v>
+      </c>
+      <c r="H14" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="I14" s="9"/>
+      <c r="J14" s="24"/>
+      <c r="K14" s="4"/>
+      <c r="L14" s="36" t="s">
+        <v>82</v>
+      </c>
+      <c r="M14" s="44">
+        <v>45862</v>
+      </c>
+    </row>
+    <row r="15" spans="2:14" x14ac:dyDescent="0.45">
+      <c r="B15" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="C15" s="10" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" s="11"/>
+      <c r="E15" s="26"/>
+      <c r="G15" s="25" t="s">
+        <v>15</v>
+      </c>
+      <c r="H15" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="I15" s="11"/>
+      <c r="J15" s="26"/>
+      <c r="K15" s="45"/>
+      <c r="L15" s="25"/>
+      <c r="M15" s="26"/>
+    </row>
+    <row r="16" spans="2:14" x14ac:dyDescent="0.45">
+      <c r="B16" s="23" t="s">
+        <v>16</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="D16" s="9"/>
+      <c r="E16" s="24"/>
+      <c r="G16" s="23" t="s">
+        <v>16</v>
+      </c>
+      <c r="H16" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="I16" s="9"/>
+      <c r="J16" s="24"/>
+      <c r="K16" s="46"/>
+      <c r="L16" s="23"/>
+      <c r="M16" s="24"/>
+    </row>
+    <row r="17" spans="2:13" x14ac:dyDescent="0.45">
+      <c r="B17" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" s="10" t="s">
+        <v>34</v>
+      </c>
+      <c r="D17" s="11"/>
+      <c r="E17" s="26"/>
+      <c r="G17" s="25" t="s">
+        <v>17</v>
+      </c>
+      <c r="H17" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="I17" s="11"/>
+      <c r="J17" s="26"/>
+      <c r="K17" s="4"/>
+      <c r="L17" s="25" t="s">
+        <v>3</v>
+      </c>
+      <c r="M17" s="26"/>
+    </row>
+    <row r="18" spans="2:13" x14ac:dyDescent="0.45">
+      <c r="B18" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="D18" s="8"/>
+      <c r="E18" s="24"/>
+      <c r="G18" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="H18" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="I18" s="8"/>
+      <c r="J18" s="24"/>
+      <c r="K18" s="4"/>
+      <c r="L18" s="23"/>
+      <c r="M18" s="24"/>
+    </row>
+    <row r="19" spans="2:13" x14ac:dyDescent="0.45">
+      <c r="B19" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="C19" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D19" s="11">
+        <v>45999</v>
+      </c>
+      <c r="E19" s="26" t="s">
+        <v>51</v>
+      </c>
+      <c r="G19" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="H19" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="I19" s="11"/>
+      <c r="J19" s="26"/>
+      <c r="K19" s="4"/>
+      <c r="L19" s="25"/>
+      <c r="M19" s="26"/>
+    </row>
+    <row r="20" spans="2:13" x14ac:dyDescent="0.45">
+      <c r="B20" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D20" s="8"/>
+      <c r="E20" s="24"/>
+      <c r="G20" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="H20" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="I20" s="8"/>
+      <c r="J20" s="24"/>
+      <c r="K20" s="4"/>
+      <c r="L20" s="37"/>
+      <c r="M20" s="24"/>
+    </row>
+    <row r="21" spans="2:13" x14ac:dyDescent="0.45">
+      <c r="B21" s="25" t="s">
+        <v>21</v>
+      </c>
+      <c r="C21" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D21" s="10"/>
+      <c r="E21" s="26"/>
+      <c r="G21" s="25" t="s">
+        <v>22</v>
+      </c>
+      <c r="H21" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="I21" s="11">
+        <v>46151</v>
+      </c>
+      <c r="J21" s="26" t="s">
+        <v>84</v>
+      </c>
+      <c r="K21" s="4"/>
+      <c r="L21" s="25"/>
+      <c r="M21" s="26"/>
+    </row>
+    <row r="22" spans="2:13" x14ac:dyDescent="0.45">
+      <c r="B22" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="C22" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="D22" s="9"/>
+      <c r="E22" s="24"/>
+      <c r="G22" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="H22" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="I22" s="9"/>
+      <c r="J22" s="24"/>
+      <c r="K22" s="4"/>
+      <c r="L22" s="23"/>
+      <c r="M22" s="24"/>
+    </row>
+    <row r="23" spans="2:13" x14ac:dyDescent="0.45">
+      <c r="B23" s="25" t="s">
+        <v>24</v>
+      </c>
+      <c r="C23" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="D23" s="11"/>
+      <c r="E23" s="26"/>
+      <c r="G23" s="25" t="s">
+        <v>23</v>
+      </c>
+      <c r="H23" s="10" t="s">
+        <v>68</v>
+      </c>
+      <c r="I23" s="11"/>
+      <c r="J23" s="26"/>
+      <c r="K23" s="4"/>
+      <c r="L23" s="25"/>
+      <c r="M23" s="38"/>
+    </row>
+    <row r="24" spans="2:13" x14ac:dyDescent="0.45">
+      <c r="B24" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D24" s="9"/>
+      <c r="E24" s="24"/>
+      <c r="G24" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="H24" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I24" s="9"/>
+      <c r="J24" s="24"/>
+      <c r="K24" s="4"/>
+      <c r="L24" s="23"/>
+      <c r="M24" s="24"/>
+    </row>
+    <row r="25" spans="2:13" x14ac:dyDescent="0.45">
+      <c r="B25" s="25" t="s">
+        <v>25</v>
+      </c>
+      <c r="C25" s="10" t="s">
+        <v>47</v>
+      </c>
+      <c r="D25" s="11"/>
+      <c r="E25" s="26"/>
+      <c r="G25" s="31" t="s">
+        <v>26</v>
+      </c>
+      <c r="H25" s="14" t="s">
+        <v>76</v>
+      </c>
+      <c r="I25" s="11"/>
+      <c r="J25" s="26"/>
+      <c r="K25" s="4"/>
+      <c r="L25" s="25"/>
+      <c r="M25" s="39"/>
+    </row>
+    <row r="26" spans="2:13" x14ac:dyDescent="0.45">
+      <c r="B26" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D26" s="9"/>
+      <c r="E26" s="24"/>
+      <c r="F26" s="15"/>
+      <c r="G26" s="23"/>
+      <c r="H26" s="8"/>
+      <c r="I26" s="9"/>
+      <c r="J26" s="24"/>
+      <c r="K26" s="16"/>
+      <c r="L26" s="40"/>
+      <c r="M26" s="41"/>
+    </row>
+    <row r="27" spans="2:13" ht="19" thickBot="1" x14ac:dyDescent="0.5">
+      <c r="B27" s="32" t="s">
         <v>8</v>
       </c>
-      <c r="C7" s="10" t="s">
-[...417 lines deleted...]
-      <c r="C24" s="11" t="s">
+      <c r="C27" s="33" t="s">
         <v>77</v>
       </c>
-      <c r="D24" s="11"/>
-[...52 lines deleted...]
-      <c r="E27" s="1"/>
+      <c r="D27" s="29"/>
+      <c r="E27" s="30"/>
       <c r="F27" s="1"/>
-      <c r="G27" s="4"/>
-[...2 lines deleted...]
-      <c r="J27" s="1"/>
+      <c r="G27" s="27"/>
+      <c r="H27" s="28"/>
+      <c r="I27" s="29"/>
+      <c r="J27" s="30"/>
       <c r="K27" s="1"/>
-      <c r="L27" s="1"/>
-[...2 lines deleted...]
-    <row r="28" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="L27" s="42"/>
+      <c r="M27" s="43"/>
+    </row>
+    <row r="28" spans="2:13" x14ac:dyDescent="0.45">
       <c r="B28" s="1"/>
       <c r="C28" s="1"/>
       <c r="D28" s="1"/>
       <c r="E28" s="1"/>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
     </row>
-    <row r="29" spans="2:13" x14ac:dyDescent="0.35">
+    <row r="29" spans="2:13" x14ac:dyDescent="0.45">
       <c r="G29" s="4"/>
-      <c r="H29" s="45"/>
-      <c r="I29" s="24"/>
+      <c r="H29" s="17"/>
+      <c r="I29" s="13"/>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="K7:K8"/>
     <mergeCell ref="K15:K16"/>
     <mergeCell ref="B2:M3"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="G5:J5"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="D6:E6"/>
     <mergeCell ref="I6:J6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
-[...570 lines deleted...]
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
+  <ignoredErrors>
+    <ignoredError sqref="C10 C20 C24 M9" twoDigitTextYear="1"/>
+  </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>Sheet1</vt:lpstr>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Nata</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>